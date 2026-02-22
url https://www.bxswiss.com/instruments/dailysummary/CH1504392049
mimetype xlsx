--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbde3180c826a4bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd4876a30974b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc63783845c4a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4fd6a9eaf954c14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06732bd6d3f74026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc63783845c4a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85264f6f296f483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4fd6a9eaf954c14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,841</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,759</x:t>
-[...220 lines deleted...]
-          <x:t>2,949</x:t>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>