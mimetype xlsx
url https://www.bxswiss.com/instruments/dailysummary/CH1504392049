--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd4876a30974b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1988bbddcc248d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4fd6a9eaf954c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52008d6a0a5419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85264f6f296f483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4fd6a9eaf954c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9112ec0190ea4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52008d6a0a5419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>