--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe2d7c962f9741fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8f7b5c6b674b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8617764e00244c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf0d346e5644816"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb7cb0e1e5a4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8617764e00244c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e9d550618b4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf0d346e5644816" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,372 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...73 lines deleted...]
-          <x:t>3,304</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,174</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,397</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>