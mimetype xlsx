--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8f7b5c6b674b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4aa96f1806d47fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf0d346e5644816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf8fc79b08464175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e9d550618b4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf0d346e5644816" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec1ff3cb5e141d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf8fc79b08464175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>3,485</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,225</x:t>
-[...38 lines deleted...]
-          <x:t>2,989</x:t>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,817</x:t>
-[...75 lines deleted...]
-          <x:t>2,799</x:t>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,747</x:t>
-[...269 lines deleted...]
-          <x:t>3,129</x:t>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>