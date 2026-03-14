--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4aa96f1806d47fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra50194874feb4839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf8fc79b08464175"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2589f0d8043d40e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec1ff3cb5e141d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf8fc79b08464175" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd75ecda2634c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2589f0d8043d40e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>2,679</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,317</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,371</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,967</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>2,487</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,047</x:t>
-[...43 lines deleted...]
-          <x:t>2,121</x:t>
+          <x:t>2,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,987</x:t>
-[...65 lines deleted...]
-          <x:t>2,145</x:t>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,979</x:t>
-[...31 lines deleted...]
-          <x:t>2,129</x:t>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>