--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df42098b1584fdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2aaa991cfb47b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba203bcebcc24107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b44f6edb9f4205"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96dda9f30cee4863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba203bcebcc24107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b563add501449f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b44f6edb9f4205" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,597</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,199</x:t>
-[...48 lines deleted...]
-          <x:t>2,815</x:t>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,883</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,651</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,699</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>3,317</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>