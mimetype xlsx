--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2aaa991cfb47b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d42056c0d24ce4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b44f6edb9f4205"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde705a942dc14888"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b563add501449f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b44f6edb9f4205" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cf3f53717ce4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde705a942dc14888" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,117</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,359</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>