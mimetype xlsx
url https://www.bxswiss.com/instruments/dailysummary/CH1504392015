--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2f851661a5451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5653b105086f465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb810fb959db4a48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506c72e512cf4b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159cf222f6264e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb810fb959db4a48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6a1c8cc9a7493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506c72e512cf4b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,526 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...473 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,321</x:t>
-[...9 lines deleted...]
-          <x:t>3,265</x:t>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>