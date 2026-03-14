--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5653b105086f465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R734d68ef404b4a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506c72e512cf4b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cdb61bf7d864141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6a1c8cc9a7493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506c72e512cf4b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35bda8f4257c4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cdb61bf7d864141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>2,705</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,437</x:t>
-[...43 lines deleted...]
-          <x:t>2,779</x:t>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>2,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,529</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,291</x:t>
-[...31 lines deleted...]
-          <x:t>2,461</x:t>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>