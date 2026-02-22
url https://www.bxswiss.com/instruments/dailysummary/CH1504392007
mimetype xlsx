--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6ae52e7bb64350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03f0c66eed54f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf63c5ecf8c364785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e0d278699f4912"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa51f2a18b34d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf63c5ecf8c364785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0762ec7d421544ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e0d278699f4912" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>3,693</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,559</x:t>
-[...6 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,499</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,533</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,449</x:t>
-[...166 lines deleted...]
-          <x:t>3,711</x:t>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>