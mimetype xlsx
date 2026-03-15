--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03f0c66eed54f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a6b7fffd5947be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e0d278699f4912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707da8c781f5439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0762ec7d421544ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e0d278699f4912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0088a4bf97c4d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707da8c781f5439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>2,881</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,603</x:t>
-[...296 lines deleted...]
-          <x:t>2,633</x:t>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>