--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21349a0d208249bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30928105dd424bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b58ccbc5f3c4eb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ccb1b8b1a34fee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882c2dc86dcb4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b58ccbc5f3c4eb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dce7a04eea24b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ccb1b8b1a34fee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,345 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>4,266</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,136</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>4,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,104</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>