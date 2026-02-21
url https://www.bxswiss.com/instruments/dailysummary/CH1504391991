--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30928105dd424bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6766e89b0441d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ccb1b8b1a34fee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934ef28375874b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dce7a04eea24b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ccb1b8b1a34fee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78163c5c1a444e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934ef28375874b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>3,705</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,401</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>3,917</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>