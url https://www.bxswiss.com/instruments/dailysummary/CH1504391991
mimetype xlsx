--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6766e89b0441d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247d9c5afc2c4f80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934ef28375874b01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R423f188bbb8f4d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78163c5c1a444e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934ef28375874b01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5570a6cf485a4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R423f188bbb8f4d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>