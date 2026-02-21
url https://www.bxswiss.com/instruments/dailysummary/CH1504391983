--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2149baaf5e504e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1a1b860c2b41a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33f8c3ff25d243af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70496319a3a54ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2b31b7f9d84880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33f8c3ff25d243af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9afafe026af5406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70496319a3a54ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>3,351</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>3,901</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,899</x:t>
-[...43 lines deleted...]
-          <x:t>3,847</x:t>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,017</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>4,127</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>