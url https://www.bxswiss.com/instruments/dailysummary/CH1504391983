--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1a1b860c2b41a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2436d6586b7846c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70496319a3a54ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613940206c56430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9afafe026af5406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70496319a3a54ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra16d015b15ab42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613940206c56430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>2,761</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>3,013</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,811</x:t>
-[...31 lines deleted...]
-          <x:t>3,001</x:t>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>