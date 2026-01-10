--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R781aff007d064f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4485e60626a4d8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ade386042324177"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf9f3960e3ad461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0be36103f4c54d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ade386042324177" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201df2d07e26446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf9f3960e3ad461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>