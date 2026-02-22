--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4485e60626a4d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1862dfce174d46d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf9f3960e3ad461c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd310b8e09df4fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201df2d07e26446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf9f3960e3ad461c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6b7d48606ec4899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd310b8e09df4fe9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>3,721</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...316 lines deleted...]
-          <x:t>4,339</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>