--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1862dfce174d46d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358e1b678534402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd310b8e09df4fe9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0950a6c92874aff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6b7d48606ec4899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd310b8e09df4fe9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c48cec656524dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0950a6c92874aff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,297</x:t>
-[...4 lines deleted...]
-          <x:t>2,873</x:t>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>3,189</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>