--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c815a3e5b374432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13efb8b19eb944ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4bf4f6dd1c64bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16994dcc9ef44c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1841e63696874d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4bf4f6dd1c64bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73dac0b9519645f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16994dcc9ef44c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>