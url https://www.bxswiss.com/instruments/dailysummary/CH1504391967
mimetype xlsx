--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13efb8b19eb944ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5acc192b72ae4a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16994dcc9ef44c0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc383e6296dd04183"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73dac0b9519645f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16994dcc9ef44c0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3445c2bee054cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc383e6296dd04183" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>4,887</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>4,263</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>4,557</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>