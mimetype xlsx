--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5acc192b72ae4a69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a04badf2214af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc383e6296dd04183"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa5efb1260c492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3445c2bee054cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc383e6296dd04183" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6818930879734b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa5efb1260c492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,491</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>3,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,229</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>