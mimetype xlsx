--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7bec2c1fcce44e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4728bdaaf5794a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cbde21f5c234018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1503baabcd334ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab7389be0b54b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cbde21f5c234018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4ada59907e4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1503baabcd334ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>