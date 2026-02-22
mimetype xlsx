--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4728bdaaf5794a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce8f3ccbab1478e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1503baabcd334ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f2344f2d6341c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4ada59907e4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1503baabcd334ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc7e2650a6e44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f2344f2d6341c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,761</x:t>
-[...387 lines deleted...]
-          <x:t>2,125</x:t>
+          <x:t>2,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>