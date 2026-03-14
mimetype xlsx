--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce8f3ccbab1478e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9460eb1273144bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f2344f2d6341c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f63a7c64564091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc7e2650a6e44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f2344f2d6341c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d3361fc09d34a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f63a7c64564091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,099</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,213</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,369</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>2,433</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,589</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>2,129</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...154 lines deleted...]
-          <x:t>2,489</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>