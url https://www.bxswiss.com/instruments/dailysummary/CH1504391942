--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1518c53123d4186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e377c653f00476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf04c20ae20284f54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3acbb58992e94927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1880c8aeb645f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf04c20ae20284f54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011b7279ee6c4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3acbb58992e94927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>