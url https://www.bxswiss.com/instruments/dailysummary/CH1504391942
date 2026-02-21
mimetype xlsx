--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e377c653f00476b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R406b6671d82549aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3acbb58992e94927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfff17cd868645df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011b7279ee6c4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3acbb58992e94927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53dab5319c934156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfff17cd868645df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,413</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,347</x:t>
-[...377 lines deleted...]
-          <x:t>1,823</x:t>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>