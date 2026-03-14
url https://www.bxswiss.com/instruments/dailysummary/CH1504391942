--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R406b6671d82549aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R705655bedfcf44ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfff17cd868645df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff603ffb4d024d2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53dab5319c934156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfff17cd868645df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f2dc0e4a7e44f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff603ffb4d024d2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,899</x:t>
-[...129 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,459</x:t>
+          <x:t>2,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,801</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,989</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,811</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>