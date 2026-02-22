--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaaf967ffb2a4841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c15996373844285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd3d67374b434084"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6da1ddae3b8b4619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0eb23d0a9d649c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd3d67374b434084" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24bf7a9e8b524673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6da1ddae3b8b4619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,133</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,973</x:t>
-[...70 lines deleted...]
-          <x:t>2,211</x:t>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,977</x:t>
-[...237 lines deleted...]
-          <x:t>1,619</x:t>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>1,561</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>