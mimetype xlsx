--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c15996373844285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra01f5099d70f4083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6da1ddae3b8b4619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87075f39e3ce4215"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24bf7a9e8b524673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6da1ddae3b8b4619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a3e09b959c640ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87075f39e3ce4215" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>1,521</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,441</x:t>
-[...107 lines deleted...]
-          <x:t>1,249</x:t>
+          <x:t>1,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>2,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,875</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>2,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>