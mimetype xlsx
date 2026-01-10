--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3905e06bcad49fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra342869cb6594d43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8d08dda5fd455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e64d87f6ae4ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920de256286a4ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8d08dda5fd455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1df2d9f4db6441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e64d87f6ae4ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,331 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...164 lines deleted...]
-          <x:t>1,674</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,714</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,756</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,644</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...84 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,642</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>