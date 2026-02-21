--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra342869cb6594d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce64d7e165d846af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e64d87f6ae4ae4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e50112997d745f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1df2d9f4db6441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e64d87f6ae4ae4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25df6680f49e4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e50112997d745f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,676</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,589</x:t>
-[...393 lines deleted...]
-        <x:is>
           <x:t>1,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...9 lines deleted...]
-          <x:t>1,341</x:t>
+          <x:t>1,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>