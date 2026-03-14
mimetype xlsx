--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce64d7e165d846af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ff5aae55814d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e50112997d745f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f48cccef3494653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25df6680f49e4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e50112997d745f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af1a3dd885840e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f48cccef3494653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,757</x:t>
-[...340 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,509</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>1,531</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>