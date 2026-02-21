--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356a104ed16d43ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fa259a3bef418d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3383507023c412d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3cf340e409949e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf701265d47ba4394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3383507023c412d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra568fa07524b4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3cf340e409949e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391918</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,464</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,389</x:t>
-[...205 lines deleted...]
-          <x:t>1,283</x:t>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>1,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>