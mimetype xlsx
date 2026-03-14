--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fa259a3bef418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db24d2c7b024183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3cf340e409949e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2451327779f74b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra568fa07524b4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3cf340e409949e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27fd9c99e80446b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2451327779f74b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391918</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,511</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,273</x:t>
-[...593 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>