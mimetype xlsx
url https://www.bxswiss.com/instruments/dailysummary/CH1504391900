--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af1f306af7649c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820189717dcc4da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336ea7c7d7d74c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e281ff978434bb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d4e9b1e0ce4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336ea7c7d7d74c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e586f7a00114d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e281ff978434bb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>