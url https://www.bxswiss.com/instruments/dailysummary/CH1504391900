--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820189717dcc4da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b7be339cc046d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e281ff978434bb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922e2743e63f4b53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e586f7a00114d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e281ff978434bb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R732bdf72725448e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922e2743e63f4b53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,311</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,111</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>0,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>