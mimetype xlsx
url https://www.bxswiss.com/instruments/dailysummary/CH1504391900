--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b7be339cc046d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea74e6849a234c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922e2743e63f4b53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8097027140d4473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R732bdf72725448e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922e2743e63f4b53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628cbdc949714fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8097027140d4473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>1,497</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,345</x:t>
-[...249 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>1,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,211</x:t>
-[...36 lines deleted...]
-          <x:t>1,111</x:t>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>