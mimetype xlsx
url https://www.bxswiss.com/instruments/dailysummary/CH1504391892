--- v0 (2025-12-20)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775a469d79064bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f2c2c414e3e4fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54dfeed118634578"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09b021a0bbb4896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c8ebfde8b5425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54dfeed118634578" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1febd6cb914398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09b021a0bbb4896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,526 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,029</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,183</x:t>
-[...134 lines deleted...]
-          <x:t>1,051</x:t>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>