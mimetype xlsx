--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f2c2c414e3e4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ecb91d3a5941f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09b021a0bbb4896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9168e52fd4c48af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1febd6cb914398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09b021a0bbb4896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R662313e5760f4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9168e52fd4c48af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,119</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,939</x:t>
-[...264 lines deleted...]
-          <x:t>0,867</x:t>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,003</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>0,943</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>