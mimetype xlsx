--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8be276f4a4437e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e91cb986a244f6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1d6bf5c62d3488d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R713de61e2ce44678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ee4fdb72b14cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1d6bf5c62d3488d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R286d4c092ffc477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R713de61e2ce44678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,999</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,921</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>0,897</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>0,787</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>0,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>