--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e91cb986a244f6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90620792577d41e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R713de61e2ce44678"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ac9fac1a084eca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R286d4c092ffc477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R713de61e2ce44678" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73a1cd3f7cbd4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ac9fac1a084eca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>21.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,967</x:t>
-[...156 lines deleted...]
-          <x:t>0,583</x:t>
+          <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>0,801</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>