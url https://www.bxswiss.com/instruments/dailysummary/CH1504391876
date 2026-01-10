--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83be683621bf4058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3da993098f74fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405efac3562b4120"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ca2e972fd2e4c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067d77a786154883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405efac3562b4120" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889ad03d1f8647c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ca2e972fd2e4c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,372 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...186 lines deleted...]
-          <x:t>0,904</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,884</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>