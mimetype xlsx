--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3da993098f74fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b58dfe8239479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ca2e972fd2e4c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3281963a243401a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889ad03d1f8647c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ca2e972fd2e4c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d9a2d8a0204b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3281963a243401a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,803</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,817</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,739</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,717</x:t>
-[...60 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>