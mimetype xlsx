--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b58dfe8239479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R108e73b63c5f4851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3281963a243401a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d30b169e834922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d9a2d8a0204b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3281963a243401a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73772ddcd33541ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d30b169e834922" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-          <x:t>0,597</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,573</x:t>
-[...129 lines deleted...]
-          <x:t>0,747</x:t>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...26 lines deleted...]
-          <x:t>0,681</x:t>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>