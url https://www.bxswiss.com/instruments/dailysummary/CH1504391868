--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d10b72bd15e407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bd9e97e7bf48f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7922fc1b326b44a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9de399bdf2f43f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4ee9fe78a24d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7922fc1b326b44a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f7e67f5c1940df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9de399bdf2f43f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,358 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...132 lines deleted...]
-          <x:t>0,842</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,808</x:t>
-[...124 lines deleted...]
-          <x:t>0,764</x:t>
+          <x:t>0,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,728</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>