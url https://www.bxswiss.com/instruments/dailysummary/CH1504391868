--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bd9e97e7bf48f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61c14da98b534348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9de399bdf2f43f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc6473dbe514d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f7e67f5c1940df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9de399bdf2f43f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4826d9ed210b4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc6473dbe514d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,697</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,811</x:t>
-[...134 lines deleted...]
-          <x:t>0,753</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>0,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>0,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>