--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61c14da98b534348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R548c186c5d144a84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc6473dbe514d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec82c7418fc4025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4826d9ed210b4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc6473dbe514d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fa8ee78bd8048be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec82c7418fc4025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,627</x:t>
-[...6 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>0,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...291 lines deleted...]
-          <x:t>0,633</x:t>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...26 lines deleted...]
-          <x:t>0,579</x:t>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>