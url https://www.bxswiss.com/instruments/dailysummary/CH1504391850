--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e84adabf8904cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff69908897e349d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79ba7a99fd6748ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7464196c8a64496e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38aef821946b48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79ba7a99fd6748ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d45673b54b4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7464196c8a64496e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,358 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...132 lines deleted...]
-          <x:t>0,736</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,706</x:t>
-[...124 lines deleted...]
-          <x:t>0,666</x:t>
+          <x:t>0,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,636</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>