--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff69908897e349d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c1f5e7226b4fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7464196c8a64496e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3feeeed1b1494d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d45673b54b4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7464196c8a64496e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7530b7214414094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3feeeed1b1494d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,589</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,589</x:t>
-[...26 lines deleted...]
-          <x:t>0,619</x:t>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>22.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,461</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,493</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>0,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>