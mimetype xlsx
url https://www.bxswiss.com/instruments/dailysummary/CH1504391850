--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c1f5e7226b4fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf609f4bd9aa849d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3feeeed1b1494d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb61b9a593b614d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7530b7214414094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3feeeed1b1494d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R871365e2b86e4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb61b9a593b614d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,409</x:t>
-[...178 lines deleted...]
-          <x:t>0,381</x:t>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,381</x:t>
-[...355 lines deleted...]
-          <x:t>0,493</x:t>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>