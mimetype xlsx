--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfffca037f47a4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82fb6a088284b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd724fe74b98c47f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e1fdd03ab64e6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R111b5d494c1842dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd724fe74b98c47f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5262c20c33cc4eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e1fdd03ab64e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,358 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...132 lines deleted...]
-          <x:t>0,644</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,618</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,536</x:t>
-[...48 lines deleted...]
-          <x:t>0,582</x:t>
+          <x:t>0,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>