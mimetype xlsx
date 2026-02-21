--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82fb6a088284b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6505488552e416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e1fdd03ab64e6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4897f8e046414870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5262c20c33cc4eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e1fdd03ab64e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00d8d68e5844cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4897f8e046414870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,571</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,477</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,461</x:t>
-[...75 lines deleted...]
-          <x:t>0,427</x:t>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,393</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>