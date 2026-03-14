--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6505488552e416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e22271dbba406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4897f8e046414870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037493f4786442da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00d8d68e5844cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4897f8e046414870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff76defc432f485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037493f4786442da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,403</x:t>
-[...139 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
-[...333 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>