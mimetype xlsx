--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093197e5e0d8460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8e24b5937a4e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a0f0853ebd4896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec02105c241942a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf4ff87714e1478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a0f0853ebd4896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074b6de416b24aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec02105c241942a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,370 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...56 lines deleted...]
-          <x:t>0,628</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,632</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
@@ -644,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>