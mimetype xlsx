--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8e24b5937a4e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2103030b254dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec02105c241942a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c0143714594d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074b6de416b24aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec02105c241942a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b9f25d1f29846c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c0143714594d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,413</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,317</x:t>
-[...92 lines deleted...]
-          <x:t>0,401</x:t>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,385</x:t>
-[...65 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,383</x:t>
-[...117 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>