--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2103030b254dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b0095bb95a4bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c0143714594d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9258c26bb5ce4f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b9f25d1f29846c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c0143714594d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21354e18951043be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9258c26bb5ce4f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,160</x:t>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,156</x:t>
-[...183 lines deleted...]
-          <x:t>0,096</x:t>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,122</x:t>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,122</x:t>
-[...53 lines deleted...]
-          <x:t>0,110</x:t>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>