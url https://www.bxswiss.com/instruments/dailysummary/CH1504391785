--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a752e9b183c4708" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc587d7270d734305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42580be973444996"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99e36551cda343cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf65a2a88748c4002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42580be973444996" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3776c30fc79d4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99e36551cda343cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,372 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...46 lines deleted...]
-          <x:t>0,768</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,762</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>