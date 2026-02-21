--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc587d7270d734305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928941c74d9e44a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99e36551cda343cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3159f5ef1e64c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3776c30fc79d4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99e36551cda343cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b446f4f234402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3159f5ef1e64c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,631</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
-[...92 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,489</x:t>
-[...80 lines deleted...]
-          <x:t>0,531</x:t>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>