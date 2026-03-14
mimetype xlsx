--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928941c74d9e44a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c7c46a6c9648cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3159f5ef1e64c7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48a1262e8cb148e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b446f4f234402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3159f5ef1e64c7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6f391bfb04417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48a1262e8cb148e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>0,323</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,244</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,182</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,253</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,210</x:t>
-[...43 lines deleted...]
-          <x:t>0,176</x:t>
+          <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,146</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,154</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,154</x:t>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>