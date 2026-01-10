--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7393d34a1cf4d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8f6e5f878024712" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e99e60ac52448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8807cccacfb4445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee1573cce9d4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e99e60ac52448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d33edde91e4924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8807cccacfb4445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,348 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...154 lines deleted...]
-          <x:t>0,954</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,856</x:t>
-[...11 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>0,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,952</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,904</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,966</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>