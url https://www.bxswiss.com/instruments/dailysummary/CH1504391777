--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8f6e5f878024712" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472ed8cc4c9349de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8807cccacfb4445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b4916349e54ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d33edde91e4924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8807cccacfb4445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae71f60c08d1493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b4916349e54ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,587</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,597</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,531</x:t>
-[...323 lines deleted...]
-          <x:t>0,601</x:t>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>