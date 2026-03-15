--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472ed8cc4c9349de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03c5a948d284b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b4916349e54ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3898e059d923479b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae71f60c08d1493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b4916349e54ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62cfe2510e3e49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3898e059d923479b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>0,291</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,234</x:t>
-[...124 lines deleted...]
-          <x:t>0,275</x:t>
+          <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,208</x:t>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,192</x:t>
-[...43 lines deleted...]
-          <x:t>0,182</x:t>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,170</x:t>
-[...80 lines deleted...]
-          <x:t>0,180</x:t>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>