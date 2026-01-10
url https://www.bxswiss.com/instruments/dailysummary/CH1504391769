--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833b341badd94453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd62232b4594d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71bcc20475d94163"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd5c906ccf3408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfec21788b0cc4ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71bcc20475d94163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc18002b0d84b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd5c906ccf3408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,370 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...83 lines deleted...]
-          <x:t>0,872</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,936</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,937</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>