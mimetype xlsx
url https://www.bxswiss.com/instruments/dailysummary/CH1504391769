--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd62232b4594d6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ba165816294de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd5c906ccf3408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cb901982cee44f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc18002b0d84b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd5c906ccf3408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read04739f1df4813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cb901982cee44f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...323 lines deleted...]
-          <x:t>0,677</x:t>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>