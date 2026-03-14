--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ba165816294de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda89ba2c141946d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cb901982cee44f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73439b0f985044c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read04739f1df4813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cb901982cee44f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632f69e2a0ae46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73439b0f985044c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,293</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,287</x:t>
-[...114 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,244</x:t>
-[...31 lines deleted...]
-          <x:t>0,204</x:t>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,214</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,236</x:t>
-[...63 lines deleted...]
-          <x:t>0,214</x:t>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>