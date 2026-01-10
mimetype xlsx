--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra45cb30bbe2a4830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06a7751e849c45c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc30900fd33847ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e8a78d88ea4c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra13a6c53de1c4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc30900fd33847ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30f89e6d017249c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e8a78d88ea4c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,355 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,507</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>1,096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,939</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>