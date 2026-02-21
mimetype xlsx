--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06a7751e849c45c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193703b0904249b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e8a78d88ea4c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8fdfdda2de14a22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30f89e6d017249c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e8a78d88ea4c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7380a198a9584521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8fdfdda2de14a22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,653</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>0,759</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>