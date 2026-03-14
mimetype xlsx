--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193703b0904249b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75daafe9ba204af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8fdfdda2de14a22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R138440067c2248e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7380a198a9584521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8fdfdda2de14a22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7f8db700fb4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R138440067c2248e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>0,381</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,393</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,319</x:t>
-[...141 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,246</x:t>
-[...6 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,252</x:t>
-[...90 lines deleted...]
-          <x:t>0,255</x:t>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>