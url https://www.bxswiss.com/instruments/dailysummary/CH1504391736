--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2002a195264cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8693f14db16340ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb95143bc7d08471a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R433f4e46624a4c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a3a02a54c845ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb95143bc7d08471a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1cf9b4eb7f4dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R433f4e46624a4c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,911</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...97 lines deleted...]
-          <x:t>0,939</x:t>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,921</x:t>
-[...97 lines deleted...]
-          <x:t>0,925</x:t>
+          <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,799</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,953</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>