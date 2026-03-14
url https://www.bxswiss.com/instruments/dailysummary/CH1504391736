--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8693f14db16340ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92f802dec3846c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R433f4e46624a4c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2027c08a83f46f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1cf9b4eb7f4dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R433f4e46624a4c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R517a2c79d65d4d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2027c08a83f46f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,457</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,449</x:t>
-[...97 lines deleted...]
-          <x:t>0,513</x:t>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>0,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>