--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd3eec547dab4883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b437d345424121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e91d211de314a9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R729097cdbdfb43c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R313032280f4c458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e91d211de314a9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6172929c1d94e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R729097cdbdfb43c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1,169</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,073</x:t>
-[...249 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,029</x:t>
-[...4 lines deleted...]
-          <x:t>0,891</x:t>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,061</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>