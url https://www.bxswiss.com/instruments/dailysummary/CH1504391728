--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b437d345424121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512bdbb5899d41fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R729097cdbdfb43c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4fe60e93c84b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6172929c1d94e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R729097cdbdfb43c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f822edeb8d9486d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4fe60e93c84b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,517</x:t>
-[...97 lines deleted...]
-          <x:t>0,599</x:t>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>0,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>