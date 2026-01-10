--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9647dda1278144dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71154c54cce4fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15abac71d9b488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5a56c9fdc844f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34a83bbed6846c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15abac71d9b488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46237949a89845fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5a56c9fdc844f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,345 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>1,426</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,406</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>1,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,472</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>