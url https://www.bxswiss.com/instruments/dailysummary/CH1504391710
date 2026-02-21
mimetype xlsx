--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71154c54cce4fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5403d8d5fdc4c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5a56c9fdc844f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c48a02f493645ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46237949a89845fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5a56c9fdc844f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08e69b7c2bc4efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c48a02f493645ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,183</x:t>
-[...21 lines deleted...]
-          <x:t>0,991</x:t>
+          <x:t>0,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,119</x:t>
-[...144 lines deleted...]
-          <x:t>1,181</x:t>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>