--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5403d8d5fdc4c11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7e1f466ed54742" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c48a02f493645ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47210dcb5b74424"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08e69b7c2bc4efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c48a02f493645ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R774a2befa0bd49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47210dcb5b74424" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>0,657</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,503</x:t>
-[...21 lines deleted...]
-          <x:t>0,603</x:t>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...102 lines deleted...]
-          <x:t>0,491</x:t>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,507</x:t>
-[...36 lines deleted...]
-          <x:t>0,487</x:t>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>