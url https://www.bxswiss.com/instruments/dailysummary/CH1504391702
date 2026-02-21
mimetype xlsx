--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d288d47e03b4fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa3d5b2756845ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f138de537b4547"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46d7d6c85e04eca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bc34227c9d403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f138de537b4547" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1d12309fbd4153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46d7d6c85e04eca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...328 lines deleted...]
-          <x:t>1,309</x:t>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>