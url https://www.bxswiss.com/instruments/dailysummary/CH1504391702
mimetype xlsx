--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa3d5b2756845ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00aa4e9e97fc4b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46d7d6c85e04eca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5300bdb306234464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1d12309fbd4153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46d7d6c85e04eca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a6a79c27294115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5300bdb306234464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,691</x:t>
-[...107 lines deleted...]
-          <x:t>0,791</x:t>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>16.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,597</x:t>
-[...117 lines deleted...]
-          <x:t>0,569</x:t>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>