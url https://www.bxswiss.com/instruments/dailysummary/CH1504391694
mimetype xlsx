--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3824afda2c4b482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R870d3724fd7a4754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re98ab1306eaf45fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b6f349c3dc047d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1200b7eb8d6469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re98ab1306eaf45fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0235c7d05b9d48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b6f349c3dc047d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,359</x:t>
-[...26 lines deleted...]
-          <x:t>1,279</x:t>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...269 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>