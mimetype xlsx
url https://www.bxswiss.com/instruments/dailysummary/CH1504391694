--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R870d3724fd7a4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1252666eec442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b6f349c3dc047d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f88797040d04ec4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0235c7d05b9d48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b6f349c3dc047d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b834fde104a40ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f88797040d04ec4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>0,849</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,659</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,787</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>