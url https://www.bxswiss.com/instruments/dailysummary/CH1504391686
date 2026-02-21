--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153198d929a74a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459db922dfbf49cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d7872326c14d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc081afd1fda44f9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fec47d74c224814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d7872326c14d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73164f3087634adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc081afd1fda44f9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391686</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1,553</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,613</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>1,521</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,483</x:t>
-[...222 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,617</x:t>
-[...9 lines deleted...]
-          <x:t>1,595</x:t>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>