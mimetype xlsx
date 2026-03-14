--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459db922dfbf49cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778e68486d1342ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc081afd1fda44f9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf28ba736405149c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73164f3087634adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc081afd1fda44f9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbab2022a3114baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf28ba736405149c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391686</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,257</x:t>
-[...291 lines deleted...]
-          <x:t>0,961</x:t>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>