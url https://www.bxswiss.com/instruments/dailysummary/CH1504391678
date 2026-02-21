--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7ef38751764ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb280f0d042402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf11ba97ca054535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05b21e7d01444b11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016ec725bb9240af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf11ba97ca054535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd07b5cd8ae4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05b21e7d01444b11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,753</x:t>
-[...75 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,337</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>1,749</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>