--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb280f0d042402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7fcdf791c7841d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05b21e7d01444b11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c451baa88e41cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd07b5cd8ae4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05b21e7d01444b11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfccbbae0ff604c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c451baa88e41cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>1,119</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,937</x:t>
-[...146 lines deleted...]
-          <x:t>0,837</x:t>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,761</x:t>
-[...139 lines deleted...]
-          <x:t>0,869</x:t>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>