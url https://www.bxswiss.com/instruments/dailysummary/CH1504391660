--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e57faa02e34280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9a790cef5c471c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f141d7e65e24980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58872451f5254850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc859c9c9852f452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f141d7e65e24980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R093790d6e40345aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58872451f5254850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>