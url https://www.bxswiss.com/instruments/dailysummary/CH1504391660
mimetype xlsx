--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9a790cef5c471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0395600eb630458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58872451f5254850"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d1d25d32ea44a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R093790d6e40345aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58872451f5254850" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc51327069d4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d1d25d32ea44a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1,729</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...254 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,905</x:t>
-[...36 lines deleted...]
-          <x:t>1,913</x:t>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>