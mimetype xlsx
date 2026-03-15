--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0395600eb630458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8dbe5eab35461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d1d25d32ea44a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0551441e4a4a41a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc51327069d4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d1d25d32ea44a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdccd6264b1604b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0551441e4a4a41a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>