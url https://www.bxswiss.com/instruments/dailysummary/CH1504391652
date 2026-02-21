--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8188dc08574d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70475b4720c14502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f0bcfae661469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcafe5cb7050e4356"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd64b6e2d0048c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f0bcfae661469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re68bee57868846a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcafe5cb7050e4356" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1,881</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,571</x:t>
-[...107 lines deleted...]
-          <x:t>1,899</x:t>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,001</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,977</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,941</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>2,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>