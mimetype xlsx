--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70475b4720c14502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0438f0231f334d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcafe5cb7050e4356"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76314e3979184361"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re68bee57868846a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcafe5cb7050e4356" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e773e18f8854942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76314e3979184361" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,389</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>1,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,417</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>