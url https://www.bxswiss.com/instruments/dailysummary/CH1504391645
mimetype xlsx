--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfc98118afbf4f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5fc66f1d6e4b6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c103ab8b41b4da2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd23310d87f4f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16cd3ed7d4e4a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c103ab8b41b4da2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb3b7976ca940e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd23310d87f4f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,907</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,101</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>2,079</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,899</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,891</x:t>
-[...38 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,337</x:t>
-[...63 lines deleted...]
-          <x:t>2,265</x:t>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>