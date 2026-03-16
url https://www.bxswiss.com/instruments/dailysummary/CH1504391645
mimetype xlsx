--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5fc66f1d6e4b6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201fa877028440c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd23310d87f4f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78635a6f3bbf4fad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb3b7976ca940e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd23310d87f4f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f6aedd610f46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78635a6f3bbf4fad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,883</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,857</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>1,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,199</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>