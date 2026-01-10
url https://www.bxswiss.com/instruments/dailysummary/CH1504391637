--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ade4c9b05754570" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be67f0e194d45d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R436ba8ea410947e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bcf86496c274598"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a55d0396f044f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R436ba8ea410947e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00b552887b994c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bcf86496c274598" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,350 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>2,878</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,762</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>2,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,847</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>