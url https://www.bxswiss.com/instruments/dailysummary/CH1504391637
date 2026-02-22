--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be67f0e194d45d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bf741437d14570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bcf86496c274598"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c37df7690bd4aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00b552887b994c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bcf86496c274598" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R659bc9a7cb474281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c37df7690bd4aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,773</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,389</x:t>
-[...156 lines deleted...]
-          <x:t>2,305</x:t>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,367</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,243</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>2,327</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,257</x:t>
-[...166 lines deleted...]
-          <x:t>2,451</x:t>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>