--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bf741437d14570" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba3baa2794cb44dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c37df7690bd4aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7c6e00bee84e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R659bc9a7cb474281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c37df7690bd4aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b44ecde31b241f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7c6e00bee84e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,537</x:t>
-[...129 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,379</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>