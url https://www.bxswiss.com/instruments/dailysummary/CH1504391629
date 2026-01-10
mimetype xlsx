--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d958b3bf714f13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc27a3b78b519428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R777a4c4533a54c61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613915c4749b4368"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcf58eb51580402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R777a4c4533a54c61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42bf4e75c2ff4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613915c4749b4368" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,350 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>3,070</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,948</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>2,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,041</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>