--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc27a3b78b519428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a38e9813d0485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613915c4749b4368"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d2e523d87a48e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42bf4e75c2ff4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613915c4749b4368" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d731ab89677483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d2e523d87a48e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,965</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,563</x:t>
-[...38 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>2,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,033</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,303</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>2,647</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>