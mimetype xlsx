--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a38e9813d0485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe2ceaee77c24637" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d2e523d87a48e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47367fdb1bf94a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d731ab89677483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d2e523d87a48e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32ddc8637a244c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47367fdb1bf94a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>1,909</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,603</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,525</x:t>
-[...134 lines deleted...]
-          <x:t>1,571</x:t>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>