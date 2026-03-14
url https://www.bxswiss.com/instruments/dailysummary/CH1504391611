--- v0 (2026-02-22)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7b32dee68a4af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a6469f3054045f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd376eca73442b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5358d179d9b74b44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159a9c901a0b4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd376eca73442b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ff6ec71ab34447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5358d179d9b74b44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>1,899</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,867</x:t>
-[...141 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,749</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>