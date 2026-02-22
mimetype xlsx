--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c8cd0f6ecb4e10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe16af278b554e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17ffbfbe77344dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ef4c1f28004cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4d21ca748344fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17ffbfbe77344dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf81f71da5a954013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ef4c1f28004cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,057</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>2,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,815</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>3,063</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>