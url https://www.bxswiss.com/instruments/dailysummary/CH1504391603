--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe16af278b554e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd150ddf743484119" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ef4c1f28004cc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10051a11b85d4e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf81f71da5a954013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ef4c1f28004cc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf426f8f13c604852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10051a11b85d4e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>2,217</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,771</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>1,917</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>