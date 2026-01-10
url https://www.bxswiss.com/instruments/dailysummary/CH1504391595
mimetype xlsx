--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f1468150334340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ecd458b015d498a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9185b1f279304cb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a13ed487c64eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583e26fd5a694674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9185b1f279304cb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref1bc4a57e734a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a13ed487c64eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>