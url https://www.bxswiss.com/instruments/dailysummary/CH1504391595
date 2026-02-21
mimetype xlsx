--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ecd458b015d498a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e5b81ba63645d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a13ed487c64eb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf426208a73a44a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref1bc4a57e734a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a13ed487c64eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6846f91cfa47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf426208a73a44a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,263</x:t>
-[...16 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,003</x:t>
-[...333 lines deleted...]
-          <x:t>3,275</x:t>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>