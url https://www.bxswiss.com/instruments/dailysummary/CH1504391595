--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e5b81ba63645d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09eb42c952b74f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf426208a73a44a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de864f3e806477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6846f91cfa47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf426208a73a44a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf7c0a9a1674d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de864f3e806477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>2,735</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>