--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44982c335da14187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c2006e583f496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6523ec5a85d744a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb518574699514e65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfffdb79a946f48f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6523ec5a85d744a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dce097617cb4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb518574699514e65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,323 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>3,606</x:t>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,568</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>3,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,138</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>3,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,994</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>