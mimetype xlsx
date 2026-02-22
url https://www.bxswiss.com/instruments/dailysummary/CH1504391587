--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c2006e583f496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23eaabfed7454e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb518574699514e65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra200633d822b4c21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dce097617cb4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb518574699514e65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6228ad3317a6436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra200633d822b4c21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>3,247</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,347</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,247</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,807</x:t>
-[...296 lines deleted...]
-          <x:t>3,501</x:t>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>