--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23eaabfed7454e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d491b3ed454167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra200633d822b4c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4ae41fdae5b4cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6228ad3317a6436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra200633d822b4c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86a95f03c89f4282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4ae41fdae5b4cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>