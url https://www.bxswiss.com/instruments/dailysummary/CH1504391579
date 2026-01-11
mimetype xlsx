--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346a6224f9264eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096a4871e5d544b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda1cdc0168864654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9dec6b827bf46c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e2ca1978cf4979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda1cdc0168864654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc887c3218e384be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9dec6b827bf46c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,355 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...186 lines deleted...]
-          <x:t>4,214</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,056</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>4,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,743</x:t>
         </x:is>
       </x:c>
@@ -644,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>