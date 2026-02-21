--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096a4871e5d544b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da23ce97d1e4474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9dec6b827bf46c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a23eea47ae4c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc887c3218e384be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9dec6b827bf46c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde245dcde63e4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a23eea47ae4c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,019</x:t>
-[...107 lines deleted...]
-          <x:t>3,339</x:t>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,277</x:t>
-[...269 lines deleted...]
-          <x:t>3,729</x:t>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>