--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da23ce97d1e4474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a1399ad2434f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a23eea47ae4c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29b101ed90b74901"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde245dcde63e4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a23eea47ae4c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6894b53c5104806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29b101ed90b74901" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,729</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,399</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>