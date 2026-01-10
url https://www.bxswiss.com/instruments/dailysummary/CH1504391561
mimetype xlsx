--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a6654ac9c54dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9168aa2ec5114594" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra673abe650c7424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18327486550b47c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4739ed36254787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra673abe650c7424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36723053ad6434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18327486550b47c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>