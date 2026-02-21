--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9168aa2ec5114594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55c0b46caaa476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18327486550b47c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf6e8d32e514bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36723053ad6434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18327486550b47c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9604526ac1144f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf6e8d32e514bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,727</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,179</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,717</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>1,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>