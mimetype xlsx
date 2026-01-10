--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ee2979c8ca4fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20cc8bf69cd7480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c6336130c74894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceff4fe82c474648"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a6fcc091db4378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c6336130c74894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c2f1d2734f44006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceff4fe82c474648" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>