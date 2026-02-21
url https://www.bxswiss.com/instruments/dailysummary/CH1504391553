--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20cc8bf69cd7480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7f14f6c7d54e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceff4fe82c474648"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6cadb03d30e4064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c2f1d2734f44006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceff4fe82c474648" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0507208be1504191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6cadb03d30e4064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,451</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,557</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...369 lines deleted...]
-          <x:t>1,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,103</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>