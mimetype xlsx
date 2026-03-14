--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7f14f6c7d54e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818ce73772314053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6cadb03d30e4064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad4181f694c4d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0507208be1504191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6cadb03d30e4064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f6bae1e87944e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad4181f694c4d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,641</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,387</x:t>
-[...33 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,203</x:t>
-[...512 lines deleted...]
-          <x:t>1,573</x:t>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,203</x:t>
-[...53 lines deleted...]
-          <x:t>1,297</x:t>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>