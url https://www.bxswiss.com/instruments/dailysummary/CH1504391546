--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50529e94d07c4f7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e93b73e63fe4097" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80c3b9d24acb4445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2909e46c4974495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R405c0614326f4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80c3b9d24acb4445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4fa4d37f5e14492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2909e46c4974495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,350 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...132 lines deleted...]
-          <x:t>1,540</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,448</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>1,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,347</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>