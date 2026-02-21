--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e93b73e63fe4097" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0035e05eec74f98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2909e46c4974495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ddc182eaa624fa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4fa4d37f5e14492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2909e46c4974495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127ef54874a74b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ddc182eaa624fa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,487</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,423</x:t>
-[...222 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,007</x:t>
-[...144 lines deleted...]
-          <x:t>0,861</x:t>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>