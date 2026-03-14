--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0035e05eec74f98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f21b15643a04005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ddc182eaa624fa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd96a362ba0d14422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127ef54874a74b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ddc182eaa624fa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re841d0fe7f154254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd96a362ba0d14422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,837</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,941</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>