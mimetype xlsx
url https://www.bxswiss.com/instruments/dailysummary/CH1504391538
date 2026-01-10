--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906920dfe8eb4644" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0be643a0f0ea4b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd455ac8f8f4f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef718e663f049af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3601ba9f95544718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd455ac8f8f4f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28f056f9b1924878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef718e663f049af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>