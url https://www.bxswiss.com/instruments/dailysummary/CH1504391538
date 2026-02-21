--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0be643a0f0ea4b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06eebe6216b84b8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef718e663f049af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R051fb674a0d643cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28f056f9b1924878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef718e663f049af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b0d8cb7bcb0422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R051fb674a0d643cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,975</x:t>
-[...247 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>