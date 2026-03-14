--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06eebe6216b84b8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd173d3e471204e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R051fb674a0d643cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d1f1b3f8a646d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b0d8cb7bcb0422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R051fb674a0d643cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08860e9f14849bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d1f1b3f8a646d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...134 lines deleted...]
-          <x:t>1,327</x:t>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,867</x:t>
-[...16 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>0,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>