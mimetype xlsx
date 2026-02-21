--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06210764ccf4f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85124dc4165a41f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd28736c8dca34f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b92f8539374930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3780221c446b46c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd28736c8dca34f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c3be6797df14de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b92f8539374930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,731</x:t>
+          <x:t>1,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,699</x:t>
-[...16 lines deleted...]
-          <x:t>0,725</x:t>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,661</x:t>
-[...188 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>