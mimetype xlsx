--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85124dc4165a41f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d3a33c5a9a41c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b92f8539374930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra823f71a4054418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c3be6797df14de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b92f8539374930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0131478c8e84422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra823f71a4054418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,547</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,491</x:t>
-[...16 lines deleted...]
-          <x:t>0,539</x:t>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...532 lines deleted...]
-          <x:t>0,499</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>