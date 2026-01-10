--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6eaef73fff45d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e742ad94e014839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R169954dce5524ca6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8deea213aa74232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e848372babb4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R169954dce5524ca6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2252d76c96f4de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8deea213aa74232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>