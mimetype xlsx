--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e742ad94e014839" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f23862396de4e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8deea213aa74232"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a2665edb1d40ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2252d76c96f4de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8deea213aa74232" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6808ff2fe974fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a2665edb1d40ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,489</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,423</x:t>
-[...75 lines deleted...]
-          <x:t>0,353</x:t>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,333</x:t>
-[...6 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,321</x:t>
-[...144 lines deleted...]
-          <x:t>0,251</x:t>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>