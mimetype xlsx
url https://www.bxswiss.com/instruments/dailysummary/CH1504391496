--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f23862396de4e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R550d137975e34166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a2665edb1d40ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bb249324f7f47a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6808ff2fe974fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a2665edb1d40ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf3a954e6e84872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bb249324f7f47a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,329</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,253</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>0,216</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,180</x:t>
-[...16 lines deleted...]
-          <x:t>0,166</x:t>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,156</x:t>
-[...443 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,252</x:t>
-[...36 lines deleted...]
-          <x:t>0,188</x:t>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>