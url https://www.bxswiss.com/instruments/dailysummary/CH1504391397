--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e5b30f9ca34252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd7a516d5d444107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac39e8bba8434fc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R842d6e7341534575"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667b899aeb8f425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac39e8bba8434fc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225e27619819439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R842d6e7341534575" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,362 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...137 lines deleted...]
-          <x:t>0,744</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>