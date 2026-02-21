--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd7a516d5d444107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c64b0734afc472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R842d6e7341534575"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125f101a2f1341e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225e27619819439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R842d6e7341534575" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04b5ba1eaa2e4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125f101a2f1341e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,581</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,509</x:t>
-[...232 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,393</x:t>
-[...107 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>