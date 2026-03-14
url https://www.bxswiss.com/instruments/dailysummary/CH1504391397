--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c64b0734afc472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba6a4f7ef9a478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125f101a2f1341e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf790514ff261406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04b5ba1eaa2e4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125f101a2f1341e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9cfbc3f81d74453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf790514ff261406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,102</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>0,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>